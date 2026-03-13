--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||김지경||김지연||이종원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:20Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:20Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:04:20Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 &lt;1부&gt; 사업개요
 1. 사업명
 2. 사업기간
 3. 사업의 목적 및 필요성
 4. 사업목표
 5. 사업내용
 &lt;2부&gt; 사업추진 현황
 1. 또래조정 운영학교 지도교사 연수
 2. 일반학교 지도교사 연수
 3. 2013 연구학교발표회
 4. 온라인 정보공유체계 구축 및 소식지 발간
 5. 또래조정 좋은 사례 발표(공모)대회
 6. 홍보자료 개발
 7. 또래조정자 양성훈련지원 코치회의
 8. 지원단 활동비 지원비 및 간담회</t>