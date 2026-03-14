--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>지방화시대의 도래와 더불어 지역주민들의 욕구와 수요에 기초한 각종 시책·사업의 추진이 지방자치단체의 중요한 과제로 부각되고 있다. 본 연구는 인천광역시 청소년문화ZONE 조성사업과 관련하여 설문조사를 통해 인천광역시민들의 폭넓은 의견을 수렴함으로써 사업의 타당성을 검토하고, 세부사업 구성을 위한 기초자료를 얻는 데에 그 목적이 있다. 
 이를 위하여 인천광역시 청소년들의 문화·여가활동 전반과 청소년문화ZONE 사업구상에 대한 주요 내용들을 중심으로 설문문항을 구성하여 조사를 수행하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
 Ⅱ. 인천광역시 청소년들의 문화실태 및 욕구조사
 1. 기초변인에 대한 설명
 2. 조사결과 분석
 1) 인천의 문화환경에 대한 인식
 2) 여가생활에 대한 인식
 3) 인천광역시 청소년 관련 문화시설 및 공간
 4) 문화프로그램 참여
 5) 청소년단체 활동 경험
 Ⅲ. 인천광역시 청소년문화zone에 대한 의견 조사