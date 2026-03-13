--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>장근영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:00Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 행사개요	 1
 1. 목표 및 추진방침	 3
 2. 개요	 4
 3. 행사여건분석	 7
 4. 추진방향 및 일정	 14
 Ⅱ. 부문별 운영계획	 19
 1. 준비단계	 21
 2. 실행단계	 63
 Ⅲ. 개최 효과	 89
 1. 정치․사회적 효과	 91
 2. 경제적 효과	 94
 3. 청소년정책 및 청소년활동 활성화 효과	 101
 Ⅳ. 예산계획	 105
 Ⅴ. 지난 세계스카우트잼버리 사례	 113
 1. 제23회 세계스카우트잼버리(일본)	 115
 2. 제22회 세계스카우트잼버리(스웨덴)	 120