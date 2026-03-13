--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이종원||장근영||김호순</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>연구목적
 - 전국 단위의 실태조사를 통해 우리나라 청소년들의 다양한 청소년활동 참여실태와 그 문제점을 파악하여 정책수립의 기초자료로 제공함. 
  2006년에 실시한 제1차 청소년활동 참가실태 조사연구의 후속연구임. 
 주요내용
 - 청소년활동의 개념과 유형분류, 관련 선행연구 검토
 - 청소년활동 유형별 참여실태 조사결과 분석, 활동참여율 산출 
 - 정책제언 : 청소년활동 활성화 방안 및 후속연구를 위한 제언</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>차 례 
 Ⅰ. 서론
  1. 연구의 목적
  2. 연구의 내용
  3. 용어의 정의
 Ⅱ. 이론적 배경