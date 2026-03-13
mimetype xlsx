--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||황진구||이종원||김시중||이관희||남화성</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:19Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:19Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:04:19Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 제1장 서론
  1. 연구배경 및 목적
  2. 연구내용 및 범위
  3. 연구방법 및 연구진행 흐름도
 제2장 청소년정책 환경분석
  1. 성남시 청소년정책 관련 일반현황
  2. 제5차 청소년정책기본계획과 성남시 청소년정책
  3. 자유학기제 도입
  4. 이동·숙박형 청소년활동 신고 의무화
  5. 성남시 청소년 실태조사 관련 선행연구
 제3장 성남시 청소년 실태조사 결과
  1. 조사개요
  2. 설문지 개발
  3. 분석결과
 제4장 전국 청소년과 성남시 청소년 비교