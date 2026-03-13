--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:11Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 2020 미래사회와 청소년 연구의 의의와 필요성
  2. 연구 추진체계와 절차
  3. 연구 내용 및 방법
 Ⅱ. 청소년을 둘러싼 사회 환경의 변화 분석
  1. 청소년을 둘러싼 사회 전반의 변화
  2. 청소년의 교육 환경의 변화
  3. 청소년의 가족 환경의 변화
  4. 청소년들의 직업ㆍ진로 환경의 변화
  5. 청소년들의 문화ㆍ여가 환경의 변화
  6. 청소년들의 참여ㆍ인권 환경의 변화
 Ⅲ.청소년 관련 정책의 변화 분석 및 진단
  1. 청소년 정책의 전반의 변화 분석 및 진단
  2. 교육 관련 청소년 정책의 변화 분석 및 진단
  3. 가족 관련 청소년 정책의 변화 분석 및 진단
  4. 직업ㆍ진로 관련 청소년 정책의 변화 분석 및 진단