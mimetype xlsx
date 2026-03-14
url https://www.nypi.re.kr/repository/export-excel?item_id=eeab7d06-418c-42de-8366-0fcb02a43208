--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>모상현</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년 동아리활동은 청소년들이 가장 많이, 가장 쉽게 참여하고 있는 청소년활동의 한 영역이며, 청소년 동아리활동의 활성화는 곧 청소년활동의 활성화로 이어질 수 있다. 청소년 동아리활동의 경우 자신의 취미와 관심으로 시작되지만 향후 자신의 진로개발에 직·간접적인 영향을 미치고 시민으로서의 기본 역량을 갖출 수 있는 토대를 마련할 수 있다는 점에서 중요한 발달과업의 내용일 수 있다.
  많은 학교와 청소년수련시설에서 청소년 동아리활동을 운영하고 있고 이를 확대하기 위한 노력을 기울이고 있음에도 불구하고, 현재 독자적인 운영지침을 가지고 동아리활동을 운영하는 곳은 대도시 몇몇 기관을 제외하고는 전무한 실정이다. 이러한 상황에서 관련업무에 관한 경력이 짧은 지도자나 교사가 청소년 동아리를 지도하는 것은 동아리활동 활성화의 저해요인이 될 수 있고, 나아가서는 섣부른 운영으로 인한 위험요소로도 작용할 수 있다. 이를 해결하기 위해서는 소규모 수련시설 및 중소 지역단위 혹은 학교현장에서 동아리 지도자가 손쉽게 접할 수 있는 동아리활동 매뉴얼의 개발과 보급이 시급하다. 이에 본 연구에서는 청소년 지도자들이 동아리활동을 효율적으로 운영하고 활용할 수 있는 청소년 동아리활동 운영매뉴얼을 개발·보급하여, 청소년 동아리활동의 활성화에 기여하고자 하였다.
  본 매뉴얼은 크게 다섯영역으로 구성되었다. 첫째 영역은 청소년 동아리활동 개요부분으로 동아리운영과 관련된 주요영역 및 개념, 정의, 운영지침 등에 대해 전반적으로 살펴보았다. 둘째 영역의 동아리 운영매뉴얼은 동아리 운영매뉴얼 부분에서 동아리 지도자가 숙지해야할 동아리활동에 대한 기본적 운영절차와 단계별 내용, 그리고 기획단계에서 마무리에 이르는 운영의 ABC를 제공하고 있으며, 셋째 영역인 동아리 프로그램매뉴얼에서 동아리활동 프로그램의 준비과정, 실행과정 및 평가과정에 이르는 체계를 통해 지도자 스스로 동아리활동을 체계적으로 수행할 수 있도록 하였다. 넷째로 우수동아리 운영사례에 대한 모델 제시를 통해 타동아리 운영기관에서도 벤치마킹을 할 수 있는 실례를 제공하였고, 마지막으로 동아리활동을 청소년들이 활용할 수 있는 몇 가지 방안의 제시를 통해 동아리 활성화에 기여하고자 하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:49:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 제 1 장 서론
   1. 연구의 필요성 및 목적
   2. 연구방법 및 내용
     1) 문헌연구
     2) 전문가 자문회의 실시
     3) 전문가 워크숍 실시
     4) 실태조사
   3. 연구의 기대효과
     1) 청소년 동아리활동 지도자의 역량강화