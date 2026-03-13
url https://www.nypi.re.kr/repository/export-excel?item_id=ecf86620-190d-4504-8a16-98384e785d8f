--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김기헌||이윤주</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:11Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:11Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-04-30T21:00:11Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론    1
  1. 연구의 필요성 및 목적    3
  2. 연구내용 및 방법    4
  3. 연구방법    5
 Ⅱ. 청년정책 재원 마련 필요성    9
  1. 청년 삶 실태를 통해 본 필요성    11
  2. 청년정책 추진 실태를 통해 본 필요성    30
 Ⅲ. 국․내외 기금 운영 현황과 시사점    35
  1. 국내 청년 관련 기금 운영 현황과 시사점    37
  2. 해외 청년 관련 기금 운영 현황과 시사점    46
 Ⅳ. 기금 재원 조달 방안    59
  1. 기금 조성의 필요성과 조성 규모    61
  2. 조세 부과의 적정성과 방안    65
  3. 정부 및 민간 출연, 기부나 수입 등을 통한 방안    68
 Ⅴ. 기금 운영 방안    75
  1. 기금의 관리주체    77