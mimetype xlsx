--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김승경</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:18Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:18Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:04:18Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 요약
 제1장 서론
 제1절 연구의 필요성 및 목적
 제2절 연구내용
 제2장 청소년의 현실
 제3장 도전정신과 기업가정신
 제1절 기업가정신교육의 의미
 제2절 기업가정신교육의 필요성
 제3절 국내 기업가정신교육 현황
 1. 공공기관 중심의 기업가정신교육: 비즈쿨
 2. 민간기관 중심의 기업가정신교육
 제4절 해외 기업가정신교육 현황
 1. 미국
 2. EU(유럽연합)
 3. 영국