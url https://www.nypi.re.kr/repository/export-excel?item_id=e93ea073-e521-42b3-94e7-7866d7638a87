--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>진미석||손유미||주용국</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:11Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 연구의 필요성과 목적
  2. 연구내용과 방법
  3. 진로개발의 개념과 방향성
  4. 진로개발지원
 Ⅱ. 청소년을 둘러싼 직업진로환경의 변화 분석
  1. 인구구조의 변화 : 저출산과 고령화
  2. 산업 및 직업 구조의 변화
  3. 여성 경제활동 참가율의 증대
  4. 학교와 노동시장 이행의 변화
  5. 청소년 직업세계와 직업의식의 변화
  6. 취약계층 / 다문화 청소년 집단의 증가
 Ⅲ. 청소년 진로개발 지원정책의 진단 및 분석
  1. 국내 청소년 진로개발 지원정책의 진단 및 분석
  2. 외국의 청소년 진로개발지원정책의 진단 및 분석
 Ⅳ. 청소년 직업진로 분야 핵심 변화 트렌드와 정책 제언