--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||박창남</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 근로목적과 부모와의 동거 여부라는 현재 상태를 기준으로 근로청소년의 유형을 구분하고, 유형별 특성에 따른 근로청소년들의 정책욕구를 파악하여 청소년 근로권익 보호 등에 관한 구체적인 정책방안의 도출을 목적으로 수행되었다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:29Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론	 1
 1. 연구의 목적 및 필요성	3
 2. 연구의 구성	6
   1) 연구내용의 구성	6
   2) 연구방법의 구성 	6
 3. 연구의 추진체계 및 절차	7
   1) 연구 추진체계	7
   2) 연구 추진절차	7
 Ⅱ. 근로청소년의 유형 및 분류 기준에 관한 고찰	 9
 1. 근로청소년에 관한 시각 및 접근 방식의 변화	11
   1) 1차시기(1945년 해방 이후~1980년대 중반)	11
   2) 2차시기(1980년대 중반~1990년대 중반)	17