--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이백철||김현중||송성자</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구의 궁극적인 목적은 크게 비행청소년의 심리·환경적 특성의 이해와 그들을 교화 내지 교육할 수 있는 프로그램 개발을 통해 교정교육의 또 다른 방향을 설정하고자 한다. 교정교육은 예방적인 측면과 치료적인 또 다른 방향을 설정하고자 한다. 교정교육은 예방적인 측면과 치료적인 측면으로 나누어 살펴볼 수 있다. 먼저 예방적인 측면으로 보호관찰 대상자와 출소 이후 비행청소년들의 재 가출과 재 비행을 예방하는 것이고, 치료적인 측면으로는 보호대상 소년들이나 소년원 내지 교도소의 교육을 받고 있는 비행소년을 위한 치료가 또 다른 영역의 목적이다. 이런 두 가지 목적을 달성하기 위한 방법의 일환으로 점진적 개방 제도를 운영하고 그들의 사회 적응을 위한 방법으로, 재 적응 프로그램의 하나의 새로운 접근 "문제해결중심 모형(Solution Focus Therapy Model)"을 제언한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
 Ⅱ. 비행청소년의 심리.환경적 특성
  1. 비행.교정교육 현황
  2. 비행청소년의 특성
  3. 결과의 해석 및 논의
 Ⅲ. 각국의 비행소년.소녀 교정현황
  1. 교정교육의 동향과 그 시사점
  2. 각국의 비행소년과 그 교정현황
  3. 각국의 교정시설
  4. 한국의 비행청소년 교정현황
 Ⅳ. 프로그램의 시범적 실시 및 평가