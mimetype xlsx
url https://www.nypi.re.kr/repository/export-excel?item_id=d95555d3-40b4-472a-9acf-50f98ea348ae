--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김승경||백혜정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-07-05T16:05:05Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-07-05T16:05:05Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-07-05T16:05:05Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 청소년쉼터 종합평가 사업 개요	 1
 1. 사업의 필요성과 목적	 3
 2. 기본방향 및 추진체계	 5
  1) 평가의 기본방향	 5
  2) 평가대상	 6
  3) 추진내용	 7
  4) 사업추진체계	 9
  5) 추진일정	 10
  6) 기대효과	 10
 Ⅱ. 청소년쉼터 평가지표 개요	 11
 1. 평가지표 기본방향	 13
 2. 평가지표 개발 과정	 14
 3. 기존 평가지표와의 차이점	 17
 Ⅲ. 청소년쉼터 종합평가 추진과정	 21
 1. 자체 서면조사	 23
 2. 현장평가	 24