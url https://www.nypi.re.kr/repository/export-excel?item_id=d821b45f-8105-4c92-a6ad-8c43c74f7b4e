--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이광호||임성택||맹영임||김영한||전명기</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년수련시설에 대한 본격적인 평가제도 도입에 앞서 매년 실시되는 청소년수련시설에 대한 실태조사 기회를 활용하여 청소년수련시설 유형에 따른 일정한 조사지표에 따라 청소년수련시설 실태를 분석하고 그 결과에 따라 우수 청소년수련시설을 선정하고 적절한 인센티브를 부여하는 방안을 모색하였다.
 이를 통하여 청소년수련시설 운영의 효율성을 제고하고 청소년을 비롯한 이용자 모두에게 보다 질 높은 수련활동을 제고하게 함으로써 궁극적으로는 청소년수련시설의 운영 활성화와 수련활동프로그램의 수준 향상을 도모하는 계기와 기반을 마련하고자 하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:33Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
  1. 연구의 필요성 및 목적
  2. 연구 내용 및 방법
  3. 연구 대상 및 절차
 II. 청소년수련시설 조사지표 개발
  1. 조사지표 개발의 기본방향
  2. 타 기관 조사지표 개요 및 비교분석
  3. 조사지표 개발의 방법 및 절차
  4. 조사지표의 체계와 내용
  5. 자료 분석 절차 및 방법
 III. 우수 청소년수련시설 선정절차·방법 및 선정