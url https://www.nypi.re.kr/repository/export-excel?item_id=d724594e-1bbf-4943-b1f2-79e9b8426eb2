--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>31468</t>
         </is>
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>연보  22.수탁19</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>https://www.nypi.re.kr/repository/handle/2022.oak/6058</t>
         </is>