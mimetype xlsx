--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>백혜정||좌동훈</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:53Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장 서론	 3
 1. 연구의 필요성 및 목적	 3
 2. 연구의 내용	 5
    1) 가출 청소년 규모 및 실태 분석	 5
    2) 청소년쉼터 중장기 발전방안 수립	 5
    3) 정책제언	 6
 3. 연구방법	 7
    1) 문헌연구 	 7
    2) 청소년 대상 설문조사 자료(1, 2차 자료)및 FGI 자료 분석	 7
    3) 청소년쉼터 종사자 대상 설문조사	 8
    4) 전문가 자문회의	 8
 4. 연구추진체계	 8
 제Ⅱ장 이론적 배경	 11
 1. 가출 청소년 규모 및 실태	 11
    1) 가출 청소년의 규모	 11
    2) 가출 청소년의 실태	 16