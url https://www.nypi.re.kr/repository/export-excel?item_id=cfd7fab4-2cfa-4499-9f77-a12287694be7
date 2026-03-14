--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이현숙||노영란||주정순||조하나||김민선||김원섭</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:53Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
   1. 연구 목적과 의의
   2. 선행 연구 검토
   3. 연구 내용 및 방법
 Ⅱ. 사전 모니터링 분석
    1. 사이트별 모니터링 결과보고
    2. 사전 모니터링 결과 분석 및 집중 모니터링 계획 수립
 Ⅲ. 모니터링 내용 분석
    1. 커뮤니티 사이트
    2. 랜덤채팅
    3. 소셜네트워크서비스(SNS)
    4. 미디어 매체
    5. 소결
 Ⅳ. 결론 및 정책 제언
 참고문헌
 부      록</t>