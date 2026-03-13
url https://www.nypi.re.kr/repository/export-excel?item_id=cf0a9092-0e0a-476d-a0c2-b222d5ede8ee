--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>「고3 청소년을 위한 사회적응 프로그램」은 수능시험 이후 고3 청소년들이 자칫 소홀하기 쉬운 학교생활이나 일상생활에 활력을 제공하여 청소년 비행 및 탈선을 예방하는 한편, 고3 청소년들이 진학 또는 사회진출 이전에 보다 유익하게 시간을 활용할 수 있도록 다양한 인성교육 및 체험 프로그램을 제공하는 것이 목적이다. 
 나아가 이러한 프로그램 제공을 통하여 청소년들이 심신의 수양과 여가를 유익하게 활용할 수 있도록 지원하여 바람직한 청소년문화 정착에 기여하고 청소년들이 건강한 민주사회 구성원으로서 역할을 준비하고 성장할 수 있도록 유도하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:18:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목  차
 제1장 활동의 기본계획
 제2장 활동결과의 종합
 제3장 지역센터별 활동내용
 제4장 활동평가 및 제언</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">