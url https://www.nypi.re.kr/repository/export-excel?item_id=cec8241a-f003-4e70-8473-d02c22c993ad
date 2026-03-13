--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>함병수||김혁진||주동범||최원기||권이종||이철위||정재희||전동익</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년기본법 이념 구현을 위한 국가적 청소년정책의 상징으로서의 한국청소년중앙공원 위상정립 및 운영방안 연구, 한국청소년중앙공원 지원을 위한 법적·제도적 근거 방안 연구, 전국 청소년수련활동 네트워크 형성의 중심 기구로서의 기능수행을 위한 방안 연구 등을 연구목적으로 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:33Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 연구 추진 개요
 Ⅱ. 조성 사업 개요
 Ⅲ. 청소년중앙공원의 환경 및 사례 분석
  1. 청소년중앙공원 내부 환경의 분석
  2. 청소년중앙공원 외부 환경의 분석
  3. 외국의 국립청소년시설 사례
 Ⅳ. 청소년중앙공원의 기능 및 사업
  1. 기본 방향
  2. 중앙공원의 기능 및 사업
  3. 부문별 주요 사업 추진방향
 Ⅴ. 청소년중앙공원의 사업화 추진 전략