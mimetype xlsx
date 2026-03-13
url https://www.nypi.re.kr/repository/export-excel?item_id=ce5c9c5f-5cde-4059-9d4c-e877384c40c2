--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이기봉||김현철||안선영||최창욱||전명기||이진원||김주희</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:47:17Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 창의적 체험활동 지역자원 연게사업의 개요
  1. 창의적 체험활동 지역자원 연계사업 추진일정 및 개요
  2. 창의적 체험활동 지역자원 연계사업운영단의 구성
 Ⅱ. 창의적 체험활동 지역자원 연계사업의 내용
  1. 노원청소년수련관 사업개요 및 내용
  2. 수원청소년문화센터 사업개요 및 내용
 Ⅲ. 창의적 체험활동 지역자원 연계사업의 성과
  1. 창의적 체험활동 지원을 위한 지역사회 네트워크 구축
  2. 청소년기관의 코디네이터 기능 강화
  3. 지역사회 창의적 체험활동 특화프로그램 개발
 부록</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>