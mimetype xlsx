--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김기헌||하형석||이은주||이용해||강영배||김상훈||김창환||박미선||박성재||박의환||박자경||임성근</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:46Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:46Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-04-24T15:02:46Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서론 3
  제1절 연구배경과 목적 3
  제2절 연구내용과 방법 5
 제2장 평가지표의 구성 및 평가방법 15
  제1절 평가지표의 구성 15
  제2절 평가의 진행 26
 제3장 청년정책 평가의 주요결과 33
  제1절 중앙행정기관 평가 결과 33
  제2절 지방자치단체 평가 결과 37
 제4장 청년정책 분야별 주요 성과 및 개선방안 45
  제1절 일자리 분야 45
  제2절 주거 분야 58
  제3절 교육 분야 66
  제4절 복지․문화 분야 73
  제5절 참여․권리 분야 90
 제5장 청년정책 평가의 개선방안 101