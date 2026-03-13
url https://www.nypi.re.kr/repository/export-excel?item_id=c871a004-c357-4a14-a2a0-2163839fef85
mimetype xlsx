--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>신상구</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:00Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 기본방향 및 전략	 1
 1. 기본방향	 3
 2. 전략	 3
 Ⅱ. 화랑 역사문화콘텐츠의 원형탐색 및 유적지 현황	 5
 1. 화랑의 사유체계와 교육이념	 7
 2. 신화랑의 이미지	 10
 3. 화랑 관련 유적지 현황	 15
 Ⅲ. 관광자원 교육 및 연계 프로그램	 33
 1. 화랑문화 체험연수프로그램	 35
 2. 화랑마을 연계 권역별 프로그램	 40</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">