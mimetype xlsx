--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:29Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 Ⅰ. 과업의 개요
    1. 과업의 배경
    2. 과업의 목적
    3. 과업의 범위
    4. 과업추진체계도
 Ⅱ. 개발 여건 분석
    1. 도시환경 분석
    2. 관련계획 및 법규 검토
 Ⅲ. 사례분석
    1. 청소년 문화의집 사례
 Ⅳ. 청소년 욕구 조사
    1. 조사개요
    2. 조사결과
 Ⅴ. 기본구상
    1. 비전과 목표