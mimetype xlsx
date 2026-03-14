--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>연구목적
 - 국가적 차원의 청소년정책 추진을 위한 기본계획(안) 마련
 주요내용
 - 이전 청소년정책기본계획 및 청소년정책 관련환경 변화 분석
 - 청소년정책 수요자 대상 요구조사·분석
 - 제4차 청소년정책기본계획(안) 마련</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>차 례 
 Ⅰ. 추진배경
  1. 청소년정책기본계획의 의의
  2. 이전 청소년정책기본계획의 성과
 Ⅱ. 청소년정책 관련환경 변화와 요구
  1. 청소년정책 관련환경 변화
  2. 청소년정책에 대한 요구