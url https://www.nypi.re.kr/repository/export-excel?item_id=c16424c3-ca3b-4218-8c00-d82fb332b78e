--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||장윤선||강희숙</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:24Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:24Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:24Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서 론
 1. 연구의 필요성 및 목적	3
 2. 연구의 내용	4
 3. 연구의 방법	6
 4. 연구추진과정	8
 Ⅱ. 이론적 배경
 1. 우리나라 중등직업교육 체제와 직업계고 유형	11
 2. 다문화학생의 진로 및 직업	18
 3. 외국인 근로자의 취업과 체류자격	22
 Ⅲ. 경기도 직업계고등학교 다문화학생 진로 및 직업교육 현황
 1. 경기도 내 고등학교의 다문화학생 현황	33
 2. 경기도 직업계고 다문화학생 진로 및 직업교육 실태	40
 3. 요약 및 소결	42
 Ⅳ. 경기도 직업계고 다문화학생 진로 및 직업교육 관련 설문조사
 1. 경기도 직업계고 다문화학생 진로 및 직업관련 실태조사	47
 2. 경기도 중학교 다문화학생의 직업계고에 대한 인식 조사	67