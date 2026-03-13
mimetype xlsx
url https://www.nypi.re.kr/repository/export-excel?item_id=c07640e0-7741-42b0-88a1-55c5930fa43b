--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -280,117 +280,169 @@
         <is>
           <t>dc.type.local</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>c07640e0-7741-42b0-88a1-55c5930fa43b</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>https://www.nypi.re.kr/repository/handle/2022.oak/6590</t>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
-          <t>김기헌||김윤희||이용해||권경민||오병돈||유현수</t>
+          <t>김기헌||김윤희||권경만||오병돈||유현주</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-12-29T11:28:55Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-12-29T11:28:55Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="O2"/>
-      <c r="P2"/>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>이 연구는 「한국아동·청소년패널조사 2010(KCYPS 2010)」 중1패널 자료를 활용하여 청년의 성인기 이행과정에서 나타나는 주요 변화와 그 원인을 실증적으로 규명하고, 정책적 시사점을 도출하는 것을 목적으로 한다. 
+이 연구에서는 고3 시기의 교육기대와 실제 이행, 학교-일자리 전환, 초기 성인기의 핵심 역할 전환(졸업·취업·분가)이 청년의 삶의 만족도에 미치는 영향을 실증적으로 검토하였다. 다항로짓분석, 시퀀스분석, 패널회귀모형을 적용하고, 21명 심층면담을 통해 제도·문화적 요인을 보완적으로 탐색하였다. 
+분석 결과, 교육기대는 학업성취도와 학교유형, 진로정체감에 따라 달랐으며, 절반 이상은 기대한 경로를 실현하지 못하였다. 진로결정은 개인의 선택보다 학교 풍토·가족기대·지역 환경 등 구조적 요인에 크게 영향을 받았다. 학교-일자리 이행은 ‘대졸-재직형’, ‘조기 재직형’, ‘학업 지속 후 중단형’, ‘전문대 일-쉼 반복형’으로 구분되었고, 초기 성인기 취업은 삶의 만족도를 높였으나, 분가 효과는 성별에 따라 달랐다. 
+이러한 결과는 청년의 사회이행이 구조적 제약 속에서 이루어지는 복합적 과정임을 보여주며, 진로지원과 주거·고용 안정 정책의 통합적 접근 필요성을 시사한다.</t>
+        </is>
+      </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-12-29T11:28:55Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
-      <c r="S2"/>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>I. 서론	 1
+1. 연구의 필요성 및 목적	 3
+2. 연구 내용 및 방법	 4
+Ⅱ. 고3 시기의 교육기대와 실제1: KCYPS 결과	 7
+1. 서론	 9
+2. 이론적 배경	 10
+3. 고3 시기의 교육기대 결과	 14
+4. 고3 시기 교육기대와 실제의 차이	 18
+5. 연구 결과 요약 및 시사점	 22
+Ⅲ. 고3 시기의 교육기대와 실제2: 심층면담 결과	 23
+1. 개요	 25
+2. 이론적 배경	 25
+3. 면담 방법	 28
+4. 면담 결과	 32
+5. 요약 및 시사점	 46
+Ⅳ. 학교-일자리 이행의 유형과 특성	 51
+1. 연구의 필요성 및 목적	 53
+2. 연구 방법 	 55
+3. 분석 결과	 59
+4. 결론 및 제언 	 82
+Ⅴ. 초기 성인기 역할 이행이 청년의 삶의 질에 미치는 영향	 93
+1. 연구의 필요성 및 목적	 95
+2. 이론적 배경	 96
+3 연구 방법	 102
+4. 분석 결과	 105
+5. 논의	 121
+Ⅵ. 결론 및 제언	 125
+1. 요약	 127
+2. 정책적 시사점	 129
+참고문헌	 133
+부    록	 143
+1. 면담 질문지	 145
+국문초록	 150
+Abstract	 151</t>
+        </is>
+      </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>0032843</t>
         </is>
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>연구보고25-일반02-01</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>https://www.nypi.re.kr/repository/handle/2022.oak/6590</t>
         </is>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="inlineStr">
         <is>
           <t>kor</t>
         </is>
       </c>
       <c r="AB2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
-      <c r="AF2"/>
-      <c r="AG2"/>
+      <c r="AF2" t="inlineStr">
+        <is>
+          <t>KOGL_BY_NC_ND</t>
+        </is>
+      </c>
+      <c r="AG2" t="inlineStr">
+        <is>
+          <t>https://www.kogl.or.kr/info/licenseType4.do</t>
+        </is>
+      </c>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2" t="inlineStr">
         <is>
-          <t>청년||심층분석</t>
+          <t>청년||심층분석||성인기 이행||진로</t>
         </is>
       </c>
       <c r="AK2" t="inlineStr">
         <is>
           <t>청년의 성인기 이행경로 연구Ⅰ: 심층분석보고서</t>
         </is>
       </c>
       <c r="AL2"/>
       <c r="AM2" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="AN2"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>