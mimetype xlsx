--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||송현주||김균희</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:49Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:49Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-08-02T13:58:49Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 조사 개요    3
  1. 조사 목적    3
  2. 조사 연혁    5
  3. 조사 체계    5
   3-1. 조사 대상    5
   3-2. 조사 기간    5
   3-3. 조사 방법    5
   3-4. 조사 기관    6
   3-5. 조사시행 근거 법률 및 국가승인통계 내역    6
  4. 표본 설계    6
   4-1. 모집단 분석    6
   4-2. 표본 설계    9
  5. 조사 내용의 구성    22
   5-1. 조사 영역 및 주요 측정 내용의 구성    22
   5-2. 조사 문항 및 내용    23
 Ⅱ. 조사 결과 분석    31