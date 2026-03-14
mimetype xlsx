--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1모듈(A형). 나와 우리가 만나면 하나가 돼요
   - 1회기: 자기 표현하기
   - 2회기: 공감하기
   - 3회기: 역할 세우기
   - 4회기: 규칙 세우기
 1모듈(B형). 관계가 먼저다
   - 1회기: 서로 알아가기
   - 2회기: 공동체 세우기
 2모듈(A형). 카드를 활용한 교과수업
   - 1회기: 카드를 활용한 신나는 교과수업
   - 2회기: 엉뚱한 생각이 창의적 사로를 만든다
 2모듈(B형). 비판적 사고력 다듬기
   - 1회기: 다르게 보기
   - 2회기: 질문하고 평가하기
   - 3회기: 창조하기
 3모듈. 책 읽는 게 별건가요