--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>황세영||김성은||김현수||문지혜</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:46Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:46Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:46Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ.  서론
    1. 연구의 필요성 및 목적
    2. 연구 내용
    3. 연구 방법
 Ⅱ. 프로그램 개발의 근거
    1. 학업중단 예방 프로그램 관련 선행연구
    2. 초등학교 학업중단 예방 우수사례
    3. 초등 대안교실 현황조사
    4. 프로그램 개발의 방향
 Ⅲ. 학업중단 예방 및 대안교실 프로그램(초등용) 개발
    1. 프로그램 개발 절차
    2. 프로그램 개발 지침
    3. 프로그램 시범적용
    4. 프로그램 구성 및 특징
 Ⅳ. 결론
    1. 결론