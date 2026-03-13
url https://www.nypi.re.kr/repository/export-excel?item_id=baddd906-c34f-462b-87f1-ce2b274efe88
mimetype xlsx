--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:18Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:18Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:04:18Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 Ⅰ. 서론
   1. 연구의 배경 및 목적
   2. 연구의 내용
   3. 연구방법
 Ⅱ. 아론적 배경
   1. 청소년방과후아카데미 사업의 목적 및 의의
   2. 청소년방과후아카데미 사업내용
   3. 청소년방과후아카데미 사업현황
   4. 청소년방과후아카데미 사업 평가현황
 Ⅲ. 청소년방과후아카데미 효과·만족도 설문조사결과
   1. 조사개요
   2. 청소년 만족도
   3. 청소년 효과성
   4. 평가결과와 청소년의 효과성 및 만족도의 관계
   5. 학부모 만족도