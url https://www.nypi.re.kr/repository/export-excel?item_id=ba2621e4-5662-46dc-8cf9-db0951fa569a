--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||김지연||김정주</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>2014년 5월 28일  ｢학교 밖 청소년 지원에 관한 법률｣의 제정으로 기존 ｢청소년복지지원법｣ 제17조에 근거하여 지원해 온 ‘학업 중단 청소년’에 더하여 고등학교에 진학하지 않은 ‘비진학 청소년’으로까지 정책대상자의 범위가 확대되었다.
 기존의 위기청소년 또는 취약계층청소년을 주요 대상으로 상담지원 또는 민간의 대안교육을 간접적으로 지원하는 것만으로는 국가와 지방자치단체가 학교 밖 청소년 전체 집단 및 하위집단별 정책 욕구에 적절하게 대응하기에 한계가 있다. 이에 본 연구에서는 ｢학교 밖 청소년 지원에 관한 법률｣의 규정 사항을 기본 틀로 하여, 국가와 지방자치단체가 학교 밖 청소년들에게 지원 서비스를 어떠한 내용으로 어떠한 전달체계를 통해 어떠한 방식으로 지원할 것인가에 대한 기본 틀을 제시하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:29Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론	 1
 1. 연구의 목적 및 필요성	3
 2. 연구의 구성	4
  1) 연구내용의 구성	4
  2) 연구방법의 구성	6
 3. 연구의 추진체계 및 절차	7
  1) 추진체계	7
  2) 추진절차 및 경과	8
 Ⅱ. 선행연구 및 정책현황 분석	 11
 1. 학교 밖 청소년 개념 및 정의	13
 2. 선행연구 검토	15