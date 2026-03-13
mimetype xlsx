--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 학교폭력예방교육지원센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>01. 학교폭력 예방교육 운영 개요
    1.  학교폭력 예방교육의 필요성
    2. 어울림 프로그램이란?
    3. 어깨동무 활동이란?
    4. 학교폭력 예방교육 운영 체계
    5. 2020년 학교폭력 예방교육 운영 중점 사항
    6. 학교폭력 예방교육 프로그램
    7. 학교자체 해결제도 개선에 따른 어울림 프로그램 활용방안
 02. 학교폭력 예방교육 컨설팅 개요
    1. 학교폭력 예방교육 컨설팅의 개념
    2. 학교폭력 예방교육 컨설팅단의 역할
    3. 학교폭력 예방교육 컨설팅 내용
 03. 학교폭력 예방교육 컨설팅 운영(실제)
    1. 학교폭력 예방교육 컨설팅 절차
    2. 컨설팅 모형
    3. 컨설팅 방식