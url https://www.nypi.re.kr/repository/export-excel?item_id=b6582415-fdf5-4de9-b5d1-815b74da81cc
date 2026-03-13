--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:22Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:22Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:22Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 디지털 중독 예방
 Ⅱ. 사이버 불링 예방 프로그램  39
 Ⅲ. 사이버 범죄 예방 프로그램  55
 Ⅳ. 성인물접촉 예방 프로그램(남)   71
 Ⅳ. 성인물접촉 예방 프로그램(여)   91
 Ⅴ. 인터넷 도박   105
 청소년용 워크북</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>000000026587</t>
         </is>