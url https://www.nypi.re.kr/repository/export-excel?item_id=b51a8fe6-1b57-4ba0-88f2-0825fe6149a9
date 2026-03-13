--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -358,52 +358,60 @@
       <c r="W2" t="inlineStr">
         <is>
           <t>0032819</t>
         </is>
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>연구보고25-일반07-02</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>https://www.nypi.re.kr/repository/handle/2022.oak/6579</t>
         </is>
       </c>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
-      <c r="AF2"/>
-      <c r="AG2"/>
+      <c r="AF2" t="inlineStr">
+        <is>
+          <t>KOGL_BY_NC_ND</t>
+        </is>
+      </c>
+      <c r="AG2" t="inlineStr">
+        <is>
+          <t>https://www.kogl.or.kr/info/licenseType4.do</t>
+        </is>
+      </c>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2" t="inlineStr">
         <is>
           <t>다문화청소년||패널데이터||기초분석보고서</t>
         </is>
       </c>
       <c r="AK2" t="inlineStr">
         <is>
           <t>2025 다문화청소년 종단연구: 기초분석보고서(2기 패널)</t>
         </is>
       </c>
       <c r="AL2"/>
       <c r="AM2" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="AN2"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 