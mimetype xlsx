--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김준홍||김지경||배상률</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:49:35Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 Ⅰ. 서론
 Ⅱ. 이론적 논의
 1. 이상적 가족규모 선호 : 측정 연혁과 유사 표현
 2. 이상적 가족규모 선호의 예측요인 : 선행연구 개관
 3. 이상적 가족규모 선호의 예측요인으로서의 가치관 : 공공정책홍보 전략적 함의
 4. 기혼여성에게 특유한 이상적 가족규모 선호의 예측요인 : 출산 전후 경험
 Ⅲ. 실증분석
 1. 분석자료
 2. 측정변수
 3. 통계적 방법
 4. 연구대상자의 일반적 특성
 4. 이상적 가족규모 선호의 예측요인 분석
 Ⅳ. 정책적 함의와 공공정책홍보의 향후과제
 1. 정책적 함의
 2. 공공정책홍보의 향후과제