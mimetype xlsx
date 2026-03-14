--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>문화체육부</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-07-05T16:05:06Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-07-05T16:05:06Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 장기적인 청소년육성정책 수립을 위해 체육청소년부가 본 연구원에 용역으로 의뢰한 청소년시설 전반에 관한 최초의 실태조사 및 청소년 시설 모델개발 연구 보고서이다.
 1987년 청소년육성법이 제정되기 전까지 우리나라의 청소년을 위한 시설, 단체, 프로그램, 지도자 등은 열악한 상태를 면치 못한 수준이었다. 특히 그 중에서도 막대한 재원이 투자되어야하는 청소년전용 시설은 질에 있어서도 낙후되었을 뿐만 아니라, 양에 있어서도 매우 열악한 실정이었다. 따라서 이 과제에서는 기존의 청소년시설에 대한 실태 조사와 청소년들이 선호하는 시설 모델을 개발하여 청소년 건전활동 활성화 방안 및 대책을 구명하고자 하였다.
 본 보고서의 체제는 시설실태 조사부분에서 문헌 조사와 면담 및 설문조사, 그리고 현장 실태조사와 운영되고 있는 프로그램 실태조사에서는 프로그램 지원 및 실행 측면, 지도자 측면, 이용자 측면을 입체적으로 조사하였으며, 덧붙여 외국의 청소년시설로 미국, 프랑스, 스웨덴, 일본 등의 현황을 소개하였다.
 이러한 실태조사의 토대 위에 청소년시설의 발전 방안 및 모델 개발에 있어서 모델개발의 기본방향, 모델 유형 설정, 가변형 유형 설정 등을 제시하고 있으며, 운영 측면에서의 프로그램 편성지침과 모델을 제시하고, 청소년시설 운영 체계로서 재정적 측면, 인사 및 직무교육 측면, 프로그램 평가 측면, 그리고 이를 뒷받침할 청소년육성법 보완과 행정기관의 체계 정립 방안을 제시하고 있다</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-07-05T16:05:06Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>00000001048</t>
         </is>
       </c>
       <c r="X2"/>
       <c r="Y2" t="inlineStr">