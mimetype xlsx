--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||박소영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:31Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
 1. 연구의 필요성 및 목적	3
 2. 연구내용	4
 3. 연구방법	4
 4. 연구추진과정	6
 Ⅱ. 경기 안산·시흥 교육국제화특구사업의 추진현황
 1. 교육국제화특구사업의 개요	9
 2. 경기 안산·시흥 교육국제화특구의 지역 특성	15
 3. 경기 안산·시흥 교육국제화특구사업의 추진현황	20
 Ⅲ. 경기 안산·시흥 교육국제화특구사업의 성과와 한계
 1. 분석개요	55
 2. 경기 안산·시흥 교육국제화특구사업의 성과	55
 3. 경기 안산·시흥 교육국제화특구사업의 한계	66
 Ⅳ. 경기 안산·시흥 교육국제화특구사업의 발전방안
 1. 경기 안산·시흥 교육국제화특구사업의 방향	77
 2. 경기 안산·시흥 교육국제화특구사업의 향후 과제	79