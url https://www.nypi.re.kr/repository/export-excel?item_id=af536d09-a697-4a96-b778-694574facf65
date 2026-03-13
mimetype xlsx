--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한||이유진||이채식||김상욱</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-04-30T14:29:51Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-04-30T14:29:51Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-04-30T14:29:51Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 과업의 개요
  1. 과업의 필요성    3
  2. 과업의 목적    4
  3. 과업의 범위    4
  4. 과업추진 체계도    6
 Ⅱ. 환경 분석
  1. 미래환경 분석    9
  2. 제도환경 분석    13
  3. 지역환경 분석    20
 Ⅲ. 유사시설 사례
  1. 을숙도 청소년생태체험수련원    35
  2. 국립청소년미래환경센터    37
  3. 국립중앙청소년수련원    38
  4. 국립평창청소년수련원    39
  5. 국립영덕청소년해양체험센터    40
  6. 국립김제청소년농업생명체험센터    40