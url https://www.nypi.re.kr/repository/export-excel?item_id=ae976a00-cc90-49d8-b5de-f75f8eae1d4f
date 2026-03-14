--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 학교폭력예방교육지원센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:41Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:41Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:41Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>01. 프로그램 개요
    1. 프로그램의 개발 배경
    2. 프로그램의 목표
    3. 프로그램의 특징
    4. 프로그램의 구성
    5. 프로그램 운영 세부지침
    6. 프로그램의 내용
    7. 프로그램의 활용 방안
    8. 프로그램의 활용 준비
    9. 참고문헌
 02. 1차시 프로그램
    1. 교사용 지도안
    2. 프로그램 자료
 03. 2차시 프로그램
    1. 교사용 지도안
    2. 프로그램 자료</t>