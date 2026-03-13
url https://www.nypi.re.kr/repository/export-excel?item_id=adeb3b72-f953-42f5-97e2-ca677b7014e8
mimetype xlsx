--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>차 례 
 Ⅰ. 2007 청소년쉼터 평가사업 개요
  1. 사업의 목적과 내용
  2. 평가모형과 방법
  3. 청소년쉼터 유형별 평가지표
 Ⅱ. 단기 청소년쉼터 평가결과
  1. 단기 청소년쉼터 평가분야 및 지표별 평가결과
  2. 단기 청소년쉼터 평가결과
 Ⅲ. 중장기 청소년쉼터 평가결과
  1. 중장기 청소년쉼터 평가분야 및 지표별 평가결과
  2. 중장기 청소년쉼터별 평가결과
 Ⅳ. 요약 및 정책제언
  1. 청소년쉼터의 문제점
  2. 청소년쉼터의 개선방안
 부록 
 1. 2007 단기 청소년쉼터 평가편람