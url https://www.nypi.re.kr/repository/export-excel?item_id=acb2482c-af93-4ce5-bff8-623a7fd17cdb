--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -296,51 +296,51 @@
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>강경균||오해섭||최홍일||성은모</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-12-29T11:28:51Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-12-29T11:28:51Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2025-12-31</t>
         </is>
       </c>
       <c r="O2"/>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 2022 개정 교육과정의 주요 변화 내용을 분석하고, 이를 바탕으로 학교와 지역사회를 효과적으로 연계한 청소년활동 운영 모형을 개발하며, 청소년활동 활성화를 위한 정책 방안을 마련하고자 하는 목적으로 수행하였다. 이를 위해 학교와 지역사회를 연계한 청소년활동 사례 및 동향을 분석하고, 청소년활동 및 2022 개정 교육과정 주요 내용에 대한 전국의 청소년들의 경험과 요구를 조사하였다. 또한, 전문가워킹그룹을 구성하여 학교와 지역사회를 연계한 청소년 운영 사례를 심층 분석하고, 초점집단면담(FGI)을 통해 청소년활동 활성화를 구체적인 방안을 마련하였다. 이렇게 도출된 내용을 바탕으로 학교와 지역사회 연계를 통한 청소년활동 운영 모형을 개발하고 델파이 분석을 통해 타당성을 검증하였다. 그리고 운영 모형을 현장에서 활용하고 실천할 수 있도록 구체적인 가이드북을 개발하였다.
 연구의 주요 결과는 첫째, 설문조사를 통해 청소년의 의견을 반영한 주도적인 참여 기반 활동 구성, 학교 교육과정 내에서의 청소년활동 구성 등의 결과가 도출되었다. 둘째, 초점집단면담 분석 결과, 학교 교육과정 내 청소년활동의 제도화, 청소년활동 시설의 전문성 강화 등이 제시되었다. 셋째, 학교와 지역사회 연계 청소년활동 운영 모형은 운영 유형, 활동 연계 기관 역할, 활동 운영 절차를 영역으로 내용을 제시하였으며, 이에 따라 구체적인 가이드북을 개발하였다.
 이러한 결과를 토대로, 본 연구에서는 학교와 지역사회가 협력하여 청소년의 주도적 성장을 지원하는 지속 가능한 청소년활동 생태계 강화을 정책 비전으로 제시하였다. 그리고 이를 실현하기 위해 4개의 정책 방향, 8가지 정책 목표, 그리고 총 8개의 추진 과제를 포함한 정책 방안을 제안하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-12-29T11:28:51Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서 론	1
 1. 연구의 필요성 및 목적	3
 2. 연구의 범위	5
 3. 연구 내용 및 방법	7
 4. 연구 추진 체계 및 절차	13
 제2장 학교와 지역사회 연계 청소년활동 동향 분석	15
 1. 학교와 지역사회 연계를 위한 정책 동향 및 제도 분석	17
@@ -392,52 +392,60 @@
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>연구보고25-기본02</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>https://www.nypi.re.kr/repository/handle/2022.oak/6581</t>
         </is>
       </c>
       <c r="Z2"/>
       <c r="AA2" t="inlineStr">
         <is>
           <t>kor</t>
         </is>
       </c>
       <c r="AB2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
-      <c r="AF2"/>
-      <c r="AG2"/>
+      <c r="AF2" t="inlineStr">
+        <is>
+          <t>KOGL_BY_NC_ND</t>
+        </is>
+      </c>
+      <c r="AG2" t="inlineStr">
+        <is>
+          <t>https://www.kogl.or.kr/info/licenseType4.do</t>
+        </is>
+      </c>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2" t="inlineStr">
         <is>
           <t>2022 개정 교육과정||학교와 지역사회 연계 청소년활동||청소년활동정책</t>
         </is>
       </c>
       <c r="AK2" t="inlineStr">
         <is>
           <t>학교와 지역사회 연계 청소년활동 활성화 방안 연구</t>
         </is>
       </c>
       <c r="AL2" t="inlineStr">
         <is>
           <t>2022 개정 교육과정 중심으로</t>
         </is>
       </c>
       <c r="AM2" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="AN2"/>
     </row>
   </sheetData>