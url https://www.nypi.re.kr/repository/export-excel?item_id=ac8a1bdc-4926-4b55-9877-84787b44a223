--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>좌동훈||문호영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>1. 연구의 필요성 및 목적
 이 연구의 목적은 실종아동 보호자의 욕구파악, 관련기관 실무자의 의견수렴 등을 통해 실종아동 관계기관의 역할을 재정립하고 기관 간 협력 방안을 모색하는 것임. 이와 같은 연구는 ｢실종아동법｣의 개정을 통해 확대된 대상자에 대한 적절한 지원방안 마련과 실종아동전문기관과 청소년복지 관련기관 간의 연계 활성화 등에 기여하여 실종아동과 그 가족에게 실질적인 도움을 제공할 수 있을 것임.
 2. 연구내용
 실종아동전문기관의 사업현황 분석
 청소년복지 관련기관 서비스 전달체계와 현황 분석
 실종아동 가족의 서비스 욕구 분석, 청소년복지 관련기관과의 서비스 및 협력 내용, 추후 각 기관의 욕구 파악 및 분석 
 실종아동과 보호자를 위한 사례관리 방안 및 기관의 중장기 발전 방안 구축
 3. 연구방법
 문헌연구: 실종아동에 관한 학술자료 및 법률, 부처 정책자료, 실종아동전문기관 운영현황 등을 살펴봄으로써 실종아동전문기관의 사업 및 실종아동과 관련된 전반적인 내용에 대해 검토
 2차 자료분석: 실종아동전문기관 전산망에 입력되어 관리되고 있는 정보를 수집하여 실종과 관련된 전반적인 내용 등에 관해 분석 실시
 양적조사: 실종아동전문기관에 관한 인지도 및 사업 내용에 대한 연계･협력 방안을 찾기 위해 청소년복지 관련기관 관리자 및 실무자를 대상으로 설문조사 실시
 포커스그룹인터뷰(FGI): 실종아동전문기관 전‧현직 실무자, 실종아동 보호자, 청소년복지 관련 전문가를 대상으로 실종아동전문기관에 대한 의견을 각 대상에 맞게 질문하여 의견을 수렴하고자 FGI 실시
 전문가자문: 실종아동전문기관의 현황과 문제점을 검토하고 전문가 의견을 바탕으로 한 실종아동전문기관에 대한 사례관리와 중장기 발전방안 모색
 4. 주요 연구결과
 실종아동전문기관 현황 및 정보시스템 자료 분석
 -실종아동전문기관의 2013년 이후 대상의 확대하는 방향으로 개정되었으나, 그 이후 실종아동전문기관의 규모, 예산 등에는 변동 없는 상황으로 지속되어 옴.
 -실종아동전문기관의 협력체계의 경우, 실종아동의 발생되었을 때의 찾기 서비스에 집중된 협력으로 사후관리에 대한 협력체계는 부족한 상황임. 
 -실종 횟수는 연령대가 높아짐에 따라 실종이 많이 발생하는 경향을 보이며, 실종 유형 중 가출은 13세 이하와 14세 이상 연령대에서 34.4% → 94% 이상 확대된 양상을 보임. 
 -실종 신고 후 발견되기까지의 소요 기간은 25.5일(중위값)이 소요되며, 연령대가 높아짐에 따라서 소요 기간도 늘어남. 
 -실종아동전문기관에서 제공하는 지원이나 서비스로는 가족상담과 사진홍보에 대해 가장 많은 욕구를 보임.
 실종아동전문기관 전‧현직 실무자 FGI
 -FGI 내용을 기초로 하여 도출된 내용으로는 ① 법률 개정에 따른 고민(법률 개정에 따른 역할에 대한 중압감, 작은 것을 얻고 큰 것을 잃어버린 듯한 개정, 법률이 정한 역할 부여에 따른 관련 실무자의 고민), ② 실종과 가출에 따른 사업과 욕구 차이(실종아동전문기관의 고유 사업과 가출 적용과의 어려움, 찾는 것이 모든 것에 최우선, 왜 나가는지에 대한 궁금함), ③ 실종 상황과 발견 상황의 차이(실종 상황과 발견 상황에서의 상황 변화, 심경 변화에 따른 기관 연계의 어려움), ④ 대안 모색(대상은 확대-예산과 인원은 동결, 기존 청소년관련 지원사업과 관련기관의 역할 중복, 언제나 그 자리, 실종관련 고유 업무 강화)으로 구분함.
 실종아동의 보호자 FGI