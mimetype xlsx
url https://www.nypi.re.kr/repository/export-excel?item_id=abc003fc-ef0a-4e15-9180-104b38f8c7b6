--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이지연||하형석||박지수</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-04-24T15:02:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
 1. 연구의 필요성 및 목적 3
 2. 연구 추진 체계 8
 3. 연구내용 9
 4. 연구방법 10
 Ⅱ. 청소년 보호 관련 정책 환경 분석
 1. 사회 환경과 청소년 생활환경의 변화 15
 2. 청소년 보호환경의 변화 24
 Ⅲ. 제4차 청소년보호종합대책(2022~2024) 분석·평가
 1. 제4차 청소년보호종합대책(2022~2024) 시행계획 분석 63
 2. 제4차 청소년보호종합대책(2022~2024) 정책과제 평가 80
 Ⅳ. 제5차 청소년보호종합대책(2025~2027) 추진방향 및 정책과제
 1. 추진방향 및 정책과제 도출 과정 119
 2. 추진방향 및 정책과제 도출 결과 120
 3. 정책과제 세부 내용 126
 참고자료 167</t>