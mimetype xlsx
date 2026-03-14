--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1모듈. 꿈을 말하라!
   - 1회기: 꿈을 말하다
   - 2회기: 꿈을 쓰다
   - 3회기: 꿈을 노래하다
 2모듈. 내 안의 나, 나를 발견하다
   - 1회기: 나를 만드는 자아개념
   - 2회기: 로 진로찾기
 3모듈. 생생한 지로 질문과 진로 코칭
   - 1회기: 질문카드로 너와 나의 진로 고민 나누기
   - 2회기: 활동과 그림책으로 진로 고민 성찰
 4모듈. 선배 멘토링
   - 1회기: 선배 멘토링(재학생)
   - 2회기: 선배 멘토링(졸업생)
 5모듈. '만나세'로 나의 꿈을 설계하자
   - 1회기: 만나세
   - 2회기~6회기: 사례</t>