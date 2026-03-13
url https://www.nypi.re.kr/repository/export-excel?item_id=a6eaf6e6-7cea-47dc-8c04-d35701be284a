--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙||박선영||송원영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1. 프로그램 개요	6
 2. 회기 및 모듈의 구성	7
 3. 프로그램 매뉴얼	8
 모듈 1. 꿈과 미래 (Dream) 	8
 1회기. 변화에 대한 준비도 확인 / 11
 2회기. 나의 변화도는? / 18
 3회기. 변화 동기 갖기 / 26
 모듈 2. 올바른 길 (Right way) 	34
 1회기. 준법정신 함양 / 35
 모듈 3. 긍정적 삶의 태도 (Enrich My Life) 	48
 1회기. 내 안의 나 / 49
 2회기. 행복, 꿈, 미래 / 56
 3회기. 나의 인생목표 달성법 / 67
 4회기. 향유하는 삶으로 행복 느끼기 / 75
 모듈 4. 분노조절 (Anger management) 	83
 1회기. 화가 날 때의 응급처치 / 84