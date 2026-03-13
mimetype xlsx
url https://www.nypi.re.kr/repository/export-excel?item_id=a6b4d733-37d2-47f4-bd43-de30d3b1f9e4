--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>장근영||백혜정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:31Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:31Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구에서는 다음과 같은 내용을 수행했음.
  - 국제청소년성취포상제 표과성에 관한 선행연구 고찰
  - 효과성의 정의와 측정을 위한 이론 및 개념적 틀 구성
  - 효과성 검증을 위한 사전-사후조사지 구성
  본 연구에서는 효과성을 검증하기 위한 이론적 틀로서 OECD DeSeCo에서 제안한 핵심역량을 적용, 3대 핵심역량 중에서 사회적 상호작용 역량 및 자율적 행동역량의 지표를 선택하여 효과성 검증 지표를 구성하였음.
  국제청소년성취포상제 참여자 중에서 1075명을 표집하여 1차 사전조사를 실시하고, 표집의 특성과 성취포상제 가입년도별 분석을 실시 하였음.
  본 조사결과를 20009년에 실시된 국제비교조사(ICCS) 및 2010년에 한국청소년정책연구원에서 수집한 전국청소년실태조사결과와 비교하여 국제청소년성취포상제 참여의 효과를 간접적으로 검증하였음
  국제청소년성취포상제 참여자 패널조사 조사 설계에서는 국제청소년성취포상제 참가자들 모집단에서 2012년 기준 만 14세에서 부터 19세까지 6개의 코호트에서 모두 360명의 표본을 추출하여 장긴종단 패널로 선정, 최소 5년에서 최대 10년간 추적 조사하는 단기종단패널조사모형을 설계하였음.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:46:31Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
  1. 연구의 목적 및 필요성
  2. 연구의 내용 및 방법
 Ⅱ. 청소년성취포상제의 효과성 선행연구