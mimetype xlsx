--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>경실련(사)갈등해소센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:49:35Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 제1부 사업 개요
 1. 사업명 / 사업기간
 2. 사업의 목적 및 필요성
 3. 사업목표
 4. 국내외 유사 사례 동향
 5. 사업내용 및 범위
 6. 사업추진방법 및 추진체계
 7. 기대 및 파급효과
 8. 사업추진일정
 제2부 사업추진 현황
 1. 또래조정 시범학교 운영 설명회
 2. 또래조정 서포터즈 양성 연수
 3. 또래조정 활동 홍보 및 온라인 지원
 4. 시범학교 코칭 담당자 회의 및 연수
 5. 또래조정 활동 관련자료 개발 및 보급