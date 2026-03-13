--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||이영신</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:10Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:10Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-04-30T21:00:10Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
 1. 연구의 필요성 및 목적    3
 2. 연구내용    4
 3. 연구방법    5
 Ⅱ. 레인보우스쿨 현황
 1. 레인보우스쿨 개요    9
 2. 레인보우스쿨 운영현황    19
 3. 레인보우스쿨 유사사업 현황    31
 Ⅲ. 레인보우스쿨 실태조사
 1. 면접조사    55
 2. 설문조사    80
 3. 전문가 의견조사    93
 Ⅳ. 레인보우스쿨 중장기 발전방안
 1. 레인보우스쿨 중장기 발전방안 도출 절차    115
 2. 연구결과 요약 및 시사점    117
 3. 레인보우스쿨 발전방향과 과제    122