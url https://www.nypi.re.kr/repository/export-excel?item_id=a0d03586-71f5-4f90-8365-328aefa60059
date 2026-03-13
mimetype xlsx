--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙||안선영||정은주</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:29Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 일러두기	
 제1장 청소년 경찰학교의 이해	
 1. 청소년 경찰학교의 의의	 
 2. 청소년 경찰학교 프로그램 운영 단계별 업무	 
 제2장 청소년 경찰학교 프로그램	
 1. 기본 프로그램 시간표	 
 2. 활동별 교수학습지도	 
 활동 1: 오리엔테이션	 
 활동 2: 학교폭력의 이해	 
 활동 3-1: 경찰장비 체험	 
 활동 3-2: 지역경찰 체험	 
 활동 3-3: 과학 수사	 
 활동 3-4: 호신술	 
 활동 4-1: 역할극 SET 1	 
 활동 4-2: 역할극 SET 2-1	 