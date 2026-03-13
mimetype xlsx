--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>여성가족부</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:46:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>청소년지도자 인권교육 교재 개발 개요
 제1장 청소년인권의 이해
 1. 인권의 개념과 발달
 2. 청소년인권의 개념과 발달
 제2장 청소년 인권과 시민권
 1. 시민으로서의 청소년
 2. 청소년 인권과 참여
 1) 청소년 인권과 청소년 시민권
 2) 청소년과 참여
 제3장 청소년인권의 국제준거 - 유엔아동권리협약
 1. 아동권리협약 탄생의 역사
 1) 근대이전의 아동관
 2) 1920년대 국제인권조약
 3) 1940년대 국제인권조약
 4) 1950-1960년대 국제인권조약
 5) 1970-1980년대 국제인권조약